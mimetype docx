--- v0 (2026-01-11)
+++ v1 (2026-03-13)
@@ -669,189 +669,149 @@
                               <w:rPr>
                                 <w:i/>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:i/>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                               </w:rPr>
                               <w:t>Pensez à enregistrer ce document avant</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="5E447E85" w14:textId="77777777" w:rsidR="000C0326" w:rsidRDefault="00000000">
                             <w:pPr>
                               <w:pStyle w:val="Textbodyindent"/>
                               <w:spacing w:line="216" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:i/>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:proofErr w:type="gramStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:i/>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                               </w:rPr>
-                              <w:t>de</w:t>
-[...8 lines deleted...]
-                              <w:t xml:space="preserve"> le compléter puis de nous le renvoyer</w:t>
+                              <w:t>de le compléter puis de nous le renvoyer</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="04B69DBF" w14:textId="77777777" w:rsidR="000C0326" w:rsidRDefault="00000000">
                             <w:pPr>
                               <w:pStyle w:val="Textbodyindent"/>
                               <w:spacing w:line="216" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:i/>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:proofErr w:type="gramStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:i/>
                                 <w:iCs/>
                                 <w:sz w:val="22"/>
                               </w:rPr>
-                              <w:t>en</w:t>
-[...8 lines deleted...]
-                              <w:t xml:space="preserve"> fichier joint (ou par la Poste)</w:t>
+                              <w:t>en fichier joint (ou par la Poste)</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr vert="horz" wrap="none" lIns="95399" tIns="49679" rIns="95399" bIns="49679" anchor="t" anchorCtr="0" compatLnSpc="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="057418BD" id="Cadre3" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:305.25pt;margin-top:2.2pt;width:216.5pt;height:39.95pt;z-index:3;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDWLwjY1QEAAJoDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa+0/4B439iba23FWe1ulKrS&#10;qq2U9gMwhhgJMwjY2OnXd8DZJG3fqvoBM8xwfObM8fpx6DQ5CucVmIo+THJKhOHQKHOo6I/vu/uP&#10;lPjATMM0GFHRk/D0cXP3Yd3bUkyhBd0IRxDE+LK3FW1DsGWWed6KjvkJWGEwKcF1LGDoDlnjWI/o&#10;nc6meb7MenCNdcCF93i6HZN0k/ClFDx8ldKLQHRFkVtIq0trHddss2blwTHbKn6mwf6BRceUwY9e&#10;oLYsMPLm1F9QneIOPMgw4dBlIKXiIvWA3Tzkf3Szb5kVqRcUx9uLTP7/wfIvx7395kgYnmHAAUZB&#10;eutLj4exn0G6Lr6RKcE8Sni6yCaGQDgeTlfzYjFfUMIxt8hXs+UswmTX29b58ElAR+Kmog7HktRi&#10;x1cfxtL3kvgxD1o1O6V1CtyhftGOHBmOcJeeM/pvZdrEYgPxWhpqBNwy347wMZ1dG4u7MNQDUQ3y&#10;f2+6huaEWqCdkWQL7iclPVqjoga9S4n+bFD5YjErCnRSCubFcoWBu83UtxlmOAJVNFAybl/C6D4c&#10;v2Xh1ewtj4KO5J/eAkiVFIkMRz5n4miApOnZrNFht3Gquv5Sm18AAAD//wMAUEsDBBQABgAIAAAA&#10;IQAVM/Ib3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcELVLQxWFbKpS&#10;qQfEoaJEnN14SQL2OordNvw97gmOszOaeVuuJmfFicbQe0aYzxQI4sabnluE+n17n4MIUbPR1jMh&#10;/FCAVXV9VerC+DO/0WkfW5FKOBQaoYtxKKQMTUdOh5kfiJP36UenY5JjK82oz6ncWfmg1FI63XNa&#10;6PRAm46a7/3RIfT+684anW+fd+uX2m4+6tddqxBvb6b1E4hIU/wLwwU/oUOVmA7+yCYIi7Ccq8cU&#10;RcgyEBdfZYt0OCDk2QJkVcr/H1S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANYvCNjV&#10;AQAAmgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABUz&#10;8hvfAAAACQEAAA8AAAAAAAAAAAAAAAAALwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAA7BQAAAAA=&#10;" stroked="f">
                 <v:textbox inset="2.64997mm,1.38mm,2.64997mm,1.38mm">
                   <w:txbxContent>
                     <w:p w14:paraId="0F482873" w14:textId="77777777" w:rsidR="000C0326" w:rsidRDefault="00000000">
                       <w:pPr>
                         <w:pStyle w:val="Textbodyindent"/>
                         <w:spacing w:line="216" w:lineRule="auto"/>
                         <w:rPr>
                           <w:i/>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:i/>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                         </w:rPr>
                         <w:t>Pensez à enregistrer ce document avant</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="5E447E85" w14:textId="77777777" w:rsidR="000C0326" w:rsidRDefault="00000000">
                       <w:pPr>
                         <w:pStyle w:val="Textbodyindent"/>
                         <w:spacing w:line="216" w:lineRule="auto"/>
                         <w:rPr>
                           <w:i/>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:proofErr w:type="gramStart"/>
                       <w:r>
                         <w:rPr>
                           <w:i/>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                         </w:rPr>
-                        <w:t>de</w:t>
-[...8 lines deleted...]
-                        <w:t xml:space="preserve"> le compléter puis de nous le renvoyer</w:t>
+                        <w:t>de le compléter puis de nous le renvoyer</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="04B69DBF" w14:textId="77777777" w:rsidR="000C0326" w:rsidRDefault="00000000">
                       <w:pPr>
                         <w:pStyle w:val="Textbodyindent"/>
                         <w:spacing w:line="216" w:lineRule="auto"/>
                         <w:rPr>
                           <w:i/>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:proofErr w:type="gramStart"/>
                       <w:r>
                         <w:rPr>
                           <w:i/>
                           <w:iCs/>
                           <w:sz w:val="22"/>
                         </w:rPr>
-                        <w:t>en</w:t>
-[...8 lines deleted...]
-                        <w:t xml:space="preserve"> fichier joint (ou par la Poste)</w:t>
+                        <w:t>en fichier joint (ou par la Poste)</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F0E0C26" w14:textId="77777777" w:rsidR="000C0326" w:rsidRDefault="000C0326">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28F4D5E3" w14:textId="452F62AE" w:rsidR="000C0326" w:rsidRDefault="00000000">
@@ -2132,61 +2092,59 @@
                                       <w:szCs w:val="20"/>
                                     </w:rPr>
                                   </w:pPr>
                                   <w:r>
                                     <w:rPr>
                                       <w:b/>
                                       <w:bCs/>
                                       <w:sz w:val="20"/>
                                       <w:szCs w:val="20"/>
                                     </w:rPr>
                                     <w:t>Nombre</w:t>
                                   </w:r>
                                 </w:p>
                                 <w:p w14:paraId="637301B2" w14:textId="77777777" w:rsidR="000C0326" w:rsidRDefault="00000000">
                                   <w:pPr>
                                     <w:pStyle w:val="Standard"/>
                                     <w:spacing w:line="216" w:lineRule="auto"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:b/>
                                       <w:bCs/>
                                       <w:sz w:val="20"/>
                                       <w:szCs w:val="20"/>
                                     </w:rPr>
                                   </w:pPr>
-                                  <w:proofErr w:type="gramStart"/>
                                   <w:r>
                                     <w:rPr>
                                       <w:b/>
                                       <w:bCs/>
                                       <w:sz w:val="20"/>
                                       <w:szCs w:val="20"/>
                                     </w:rPr>
                                     <w:t>d'élèves</w:t>
                                   </w:r>
-                                  <w:proofErr w:type="gramEnd"/>
                                 </w:p>
                               </w:tc>
                               <w:tc>
                                 <w:tcPr>
                                   <w:tcW w:w="1810" w:type="dxa"/>
                                   <w:tcBorders>
                                     <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                                     <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                                     <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                                   </w:tcBorders>
                                   <w:tcMar>
                                     <w:top w:w="0" w:type="dxa"/>
                                     <w:left w:w="70" w:type="dxa"/>
                                     <w:bottom w:w="0" w:type="dxa"/>
                                     <w:right w:w="70" w:type="dxa"/>
                                   </w:tcMar>
                                 </w:tcPr>
                                 <w:p w14:paraId="4E14EE98" w14:textId="77777777" w:rsidR="000C0326" w:rsidRDefault="000C0326">
                                   <w:pPr>
                                     <w:pStyle w:val="Standard"/>
                                     <w:snapToGrid w:val="0"/>
                                     <w:spacing w:line="216" w:lineRule="auto"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
@@ -2195,69 +2153,58 @@
                                       <w:sz w:val="8"/>
                                       <w:szCs w:val="20"/>
                                     </w:rPr>
                                   </w:pPr>
                                 </w:p>
                                 <w:p w14:paraId="14120A66" w14:textId="77777777" w:rsidR="000C0326" w:rsidRDefault="00000000">
                                   <w:pPr>
                                     <w:pStyle w:val="Titre6"/>
                                   </w:pPr>
                                   <w:r>
                                     <w:t>Moyenne</w:t>
                                   </w:r>
                                 </w:p>
                                 <w:p w14:paraId="1325A1FB" w14:textId="77777777" w:rsidR="000C0326" w:rsidRDefault="00000000">
                                   <w:pPr>
                                     <w:pStyle w:val="Standard"/>
                                     <w:spacing w:line="216" w:lineRule="auto"/>
                                     <w:jc w:val="center"/>
                                     <w:rPr>
                                       <w:b/>
                                       <w:bCs/>
                                       <w:sz w:val="20"/>
                                       <w:szCs w:val="20"/>
                                     </w:rPr>
                                   </w:pPr>
-                                  <w:proofErr w:type="gramStart"/>
                                   <w:r>
                                     <w:rPr>
                                       <w:b/>
                                       <w:bCs/>
                                       <w:sz w:val="20"/>
                                       <w:szCs w:val="20"/>
                                     </w:rPr>
-                                    <w:t>de</w:t>
-[...9 lines deleted...]
-                                    <w:t xml:space="preserve"> l’école</w:t>
+                                    <w:t>de l’école</w:t>
                                   </w:r>
                                 </w:p>
                               </w:tc>
                             </w:tr>
                             <w:tr w:rsidR="000C0326" w14:paraId="026B9E9C" w14:textId="77777777">
                               <w:trPr>
                                 <w:cantSplit/>
                                 <w:trHeight w:val="411"/>
                               </w:trPr>
                               <w:sdt>
                                 <w:sdtPr>
                                   <w:rPr>
                                     <w:sz w:val="22"/>
                                   </w:rPr>
                                   <w:id w:val="-1781560906"/>
                                   <w:showingPlcHdr/>
                                 </w:sdtPr>
                                 <w:sdtContent>
                                   <w:permStart w:id="2009553208" w:edGrp="everyone" w:displacedByCustomXml="prev"/>
                                   <w:tc>
                                     <w:tcPr>
                                       <w:tcW w:w="1913" w:type="dxa"/>
                                       <w:tcBorders>
                                         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                                         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
@@ -2626,61 +2573,59 @@
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>Nombre</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="637301B2" w14:textId="77777777" w:rsidR="000C0326" w:rsidRDefault="00000000">
                             <w:pPr>
                               <w:pStyle w:val="Standard"/>
                               <w:spacing w:line="216" w:lineRule="auto"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:proofErr w:type="gramStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>d'élèves</w:t>
                             </w:r>
-                            <w:proofErr w:type="gramEnd"/>
                           </w:p>
                         </w:tc>
                         <w:tc>
                           <w:tcPr>
                             <w:tcW w:w="1810" w:type="dxa"/>
                             <w:tcBorders>
                               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                             </w:tcBorders>
                             <w:tcMar>
                               <w:top w:w="0" w:type="dxa"/>
                               <w:left w:w="70" w:type="dxa"/>
                               <w:bottom w:w="0" w:type="dxa"/>
                               <w:right w:w="70" w:type="dxa"/>
                             </w:tcMar>
                           </w:tcPr>
                           <w:p w14:paraId="4E14EE98" w14:textId="77777777" w:rsidR="000C0326" w:rsidRDefault="000C0326">
                             <w:pPr>
                               <w:pStyle w:val="Standard"/>
                               <w:snapToGrid w:val="0"/>
                               <w:spacing w:line="216" w:lineRule="auto"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
@@ -2689,69 +2634,58 @@
                                 <w:sz w:val="8"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                           <w:p w14:paraId="14120A66" w14:textId="77777777" w:rsidR="000C0326" w:rsidRDefault="00000000">
                             <w:pPr>
                               <w:pStyle w:val="Titre6"/>
                             </w:pPr>
                             <w:r>
                               <w:t>Moyenne</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="1325A1FB" w14:textId="77777777" w:rsidR="000C0326" w:rsidRDefault="00000000">
                             <w:pPr>
                               <w:pStyle w:val="Standard"/>
                               <w:spacing w:line="216" w:lineRule="auto"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:proofErr w:type="gramStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t>de</w:t>
-[...9 lines deleted...]
-                              <w:t xml:space="preserve"> l’école</w:t>
+                              <w:t>de l’école</w:t>
                             </w:r>
                           </w:p>
                         </w:tc>
                       </w:tr>
                       <w:tr w:rsidR="000C0326" w14:paraId="026B9E9C" w14:textId="77777777">
                         <w:trPr>
                           <w:cantSplit/>
                           <w:trHeight w:val="411"/>
                         </w:trPr>
                         <w:sdt>
                           <w:sdtPr>
                             <w:rPr>
                               <w:sz w:val="22"/>
                             </w:rPr>
                             <w:id w:val="-1781560906"/>
                             <w:showingPlcHdr/>
                           </w:sdtPr>
                           <w:sdtContent>
                             <w:permStart w:id="2009553208" w:edGrp="everyone" w:displacedByCustomXml="prev"/>
                             <w:tc>
                               <w:tcPr>
                                 <w:tcW w:w="1913" w:type="dxa"/>
                                 <w:tcBorders>
                                   <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                                   <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
@@ -3189,84 +3123,120 @@
       <w:permEnd w:id="987580295"/>
     </w:p>
     <w:p w14:paraId="48DFED1C" w14:textId="77777777" w:rsidR="000C0326" w:rsidRDefault="000C0326">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="51981B92" w14:textId="77777777" w:rsidR="000C0326" w:rsidRDefault="000C0326">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5366860E" w14:textId="77777777" w:rsidR="000C0326" w:rsidRDefault="00000000">
+    <w:p w14:paraId="5366860E" w14:textId="0CDD8D47" w:rsidR="000C0326" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Situation actuelle de l’école</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
         </w:rPr>
-        <w:t>(année scolaire 2024/2025)</w:t>
+        <w:t>(année scolaire 202</w:t>
+      </w:r>
+      <w:r w:rsidR="005D0F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t>/202</w:t>
+      </w:r>
+      <w:r w:rsidR="005D0F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F31B502" w14:textId="77777777" w:rsidR="000C0326" w:rsidRDefault="000C0326">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10343" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -4701,90 +4671,78 @@
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:spacing w:line="204" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Répartition</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4090EA82" w14:textId="77777777" w:rsidR="000C0326" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:spacing w:line="204" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>si</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> cours</w:t>
+              <w:t>si cours</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="12816694" w14:textId="77777777" w:rsidR="000C0326" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:spacing w:line="204" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>double</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:permStart w:id="1028280296" w:edGrp="everyone" w:displacedByCustomXml="next"/>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:id w:val="-1438140157"/>
             <w:placeholder>
               <w:docPart w:val="1C86E034F0F142C9A322621161F8934A"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="685" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                   <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                 </w:tcBorders>
                 <w:tcMar>
                   <w:top w:w="0" w:type="dxa"/>
@@ -5436,73 +5394,109 @@
       </w:sdt>
     </w:p>
     <w:p w14:paraId="7C460D82" w14:textId="77777777" w:rsidR="000C0326" w:rsidRDefault="000C0326">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:line="204" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="439D4A8A" w14:textId="77777777" w:rsidR="000C0326" w:rsidRDefault="000C0326">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:spacing w:line="204" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0441621C" w14:textId="77777777" w:rsidR="000C0326" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0441621C" w14:textId="5E7F1976" w:rsidR="000C0326" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Prévisions pour l’année scolaire prochaine </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
         </w:rPr>
-        <w:t>(année scolaire 2025/2026)</w:t>
+        <w:t>(année scolaire 202</w:t>
+      </w:r>
+      <w:r w:rsidR="005D0F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t>/202</w:t>
+      </w:r>
+      <w:r w:rsidR="005D0F0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B5D74B5" w14:textId="77777777" w:rsidR="000C0326" w:rsidRDefault="000C0326">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10470" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
@@ -5532,60 +5526,58 @@
             <w:tcW w:w="1270" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B5327DC" w14:textId="77777777" w:rsidR="000C0326" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:spacing w:line="204" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>classes</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:id w:val="228583598"/>
             <w:placeholder>
               <w:docPart w:val="2C06D90C058447EDB250CBB4BD3F310D"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtContent>
             <w:permStart w:id="1545560052" w:edGrp="everyone" w:displacedByCustomXml="prev"/>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="591" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                   <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                 </w:tcBorders>
                 <w:tcMar>
                   <w:top w:w="0" w:type="dxa"/>
@@ -6368,60 +6360,58 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Nombre</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5F0156E0" w14:textId="77777777" w:rsidR="000C0326" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="Standard"/>
               <w:spacing w:line="204" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>d’élèves</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:permStart w:id="1187330216" w:edGrp="everyone" w:displacedByCustomXml="next"/>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:id w:val="-1771386268"/>
             <w:placeholder>
               <w:docPart w:val="96DF76C455994D5AA0AB5E597E46B3FA"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="591" w:type="dxa"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                   <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                   <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
                 </w:tcBorders>
                 <w:tcMar>
                   <w:top w:w="0" w:type="dxa"/>
@@ -7824,63 +7814,55 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Merci d'indiquer </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">le nombre d’élèves qui n’auront pas 3 ans révolus à la rentrée et qui fréquenteront </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24649A3D" w14:textId="6AB8D4CC" w:rsidR="000C0326" w:rsidRDefault="00000000" w:rsidP="005462A6">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         </w:rPr>
-        <w:t>l’école</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> : </w:t>
+        <w:t xml:space="preserve">l’école : </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           </w:rPr>
           <w:id w:val="1747841627"/>
           <w:placeholder>
             <w:docPart w:val="6DCB75DC9E1241298C55B72343B54CBC"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtContent>
           <w:permStart w:id="391527157" w:edGrp="everyone"/>
           <w:r w:rsidR="005462A6">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>0</w:t>
           </w:r>
           <w:permEnd w:id="391527157"/>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="7275F84D" w14:textId="3931E983" w:rsidR="000C0326" w:rsidRDefault="00000000">
@@ -9207,62 +9189,52 @@
                                   <w14:checked w14:val="0"/>
                                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                                 </w14:checkbox>
                               </w:sdtPr>
                               <w:sdtContent>
                                 <w:r w:rsidR="005462A6">
                                   <w:rPr>
                                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                                   </w:rPr>
                                   <w:t>☐</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                             <w:permEnd w:id="1357786937"/>
                           </w:p>
                           <w:p w14:paraId="48DEE73C" w14:textId="25A5C8FC" w:rsidR="000C0326" w:rsidRDefault="00000000">
                             <w:pPr>
                               <w:pStyle w:val="Standard"/>
                               <w:spacing w:line="360" w:lineRule="auto"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
-                              <w:t xml:space="preserve">Demande poste (s) </w:t>
+                              <w:t>Demande poste (s) T.Remplaçant</w:t>
                             </w:r>
-                            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-                            <w:proofErr w:type="gramEnd"/>
                             <w:r>
                               <w:t> : OUI</w:t>
                             </w:r>
                             <w:r w:rsidR="005462A6">
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:id w:val="1516880492"/>
                                 <w14:checkbox>
                                   <w14:checked w14:val="0"/>
                                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                                 </w14:checkbox>
                               </w:sdtPr>
                               <w:sdtContent>
                                 <w:permStart w:id="641950747" w:edGrp="everyone"/>
                                 <w:r w:rsidR="00D74D52">
                                   <w:rPr>
                                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                                   </w:rPr>
                                   <w:t>☐</w:t>
                                 </w:r>
                                 <w:permEnd w:id="641950747"/>
                               </w:sdtContent>
@@ -9483,62 +9455,52 @@
                             <w14:checked w14:val="0"/>
                             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                           </w14:checkbox>
                         </w:sdtPr>
                         <w:sdtContent>
                           <w:r w:rsidR="005462A6">
                             <w:rPr>
                               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                             </w:rPr>
                             <w:t>☐</w:t>
                           </w:r>
                         </w:sdtContent>
                       </w:sdt>
                       <w:permEnd w:id="1357786937"/>
                     </w:p>
                     <w:p w14:paraId="48DEE73C" w14:textId="25A5C8FC" w:rsidR="000C0326" w:rsidRDefault="00000000">
                       <w:pPr>
                         <w:pStyle w:val="Standard"/>
                         <w:spacing w:line="360" w:lineRule="auto"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
-                        <w:t xml:space="preserve">Demande poste (s) </w:t>
+                        <w:t>Demande poste (s) T.Remplaçant</w:t>
                       </w:r>
-                      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-                      <w:proofErr w:type="gramEnd"/>
                       <w:r>
                         <w:t> : OUI</w:t>
                       </w:r>
                       <w:r w:rsidR="005462A6">
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:sdt>
                         <w:sdtPr>
                           <w:id w:val="1516880492"/>
                           <w14:checkbox>
                             <w14:checked w14:val="0"/>
                             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                           </w14:checkbox>
                         </w:sdtPr>
                         <w:sdtContent>
                           <w:permStart w:id="641950747" w:edGrp="everyone"/>
                           <w:r w:rsidR="00D74D52">
                             <w:rPr>
                               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                             </w:rPr>
                             <w:t>☐</w:t>
                           </w:r>
                           <w:permEnd w:id="641950747"/>
                         </w:sdtContent>
@@ -9797,73 +9759,51 @@
                                 <w:color w:val="002060"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>1</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:b/>
                                 <w:color w:val="002060"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                                 <w:vertAlign w:val="superscript"/>
                               </w:rPr>
                               <w:t>er</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:b/>
                                 <w:color w:val="002060"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> </w:t>
-[...21 lines deleted...]
-                              <w:t xml:space="preserve"> CSAD des Landes</w:t>
+                              <w:t xml:space="preserve"> degré  au CSAD des Landes</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="002AF3FF" w14:textId="77777777" w:rsidR="000C0326" w:rsidRDefault="00000000">
                             <w:pPr>
                               <w:pStyle w:val="Standard"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:b/>
                                 <w:color w:val="C00000"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:b/>
                                 <w:color w:val="C00000"/>
                               </w:rPr>
                               <w:t>------------------</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="0ADF1F22" w14:textId="77777777" w:rsidR="000C0326" w:rsidRDefault="00000000">
                             <w:pPr>
                               <w:pStyle w:val="Standard"/>
                               <w:jc w:val="center"/>
@@ -9979,69 +9919,58 @@
                                 <w:bCs/>
                                 <w:color w:val="002060"/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t>Anne KEROUREDAN</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="002060"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t xml:space="preserve">   </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="2C6B33B3" w14:textId="77777777" w:rsidR="000C0326" w:rsidRDefault="00000000">
                             <w:pPr>
                               <w:pStyle w:val="Standard"/>
                               <w:widowControl w:val="0"/>
                               <w:jc w:val="center"/>
                             </w:pPr>
-                            <w:proofErr w:type="spellStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:b/>
                                 <w:color w:val="002060"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
-                              <w:t>Tél</w:t>
-[...9 lines deleted...]
-                              <w:t xml:space="preserve">. 06 62 46 33 82 </w:t>
+                              <w:t xml:space="preserve">Tél. 06 62 46 33 82 </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="002060"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="5DC3D3CB" w14:textId="77777777" w:rsidR="000C0326" w:rsidRDefault="000C0326">
                             <w:pPr>
                               <w:pStyle w:val="Standard"/>
                               <w:widowControl w:val="0"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="002060"/>
                                 <w:lang w:val="en-US"/>
                               </w:rPr>
                             </w:pPr>
@@ -10132,73 +10061,51 @@
                           <w:color w:val="002060"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:t>1</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:b/>
                           <w:color w:val="002060"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                           <w:vertAlign w:val="superscript"/>
                         </w:rPr>
                         <w:t>er</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:b/>
                           <w:color w:val="002060"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> </w:t>
-[...21 lines deleted...]
-                        <w:t xml:space="preserve"> CSAD des Landes</w:t>
+                        <w:t xml:space="preserve"> degré  au CSAD des Landes</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="002AF3FF" w14:textId="77777777" w:rsidR="000C0326" w:rsidRDefault="00000000">
                       <w:pPr>
                         <w:pStyle w:val="Standard"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:b/>
                           <w:color w:val="C00000"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:b/>
                           <w:color w:val="C00000"/>
                         </w:rPr>
                         <w:t>------------------</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="0ADF1F22" w14:textId="77777777" w:rsidR="000C0326" w:rsidRDefault="00000000">
                       <w:pPr>
                         <w:pStyle w:val="Standard"/>
                         <w:jc w:val="center"/>
@@ -10314,69 +10221,58 @@
                           <w:bCs/>
                           <w:color w:val="002060"/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t>Anne KEROUREDAN</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="002060"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t xml:space="preserve">   </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="2C6B33B3" w14:textId="77777777" w:rsidR="000C0326" w:rsidRDefault="00000000">
                       <w:pPr>
                         <w:pStyle w:val="Standard"/>
                         <w:widowControl w:val="0"/>
                         <w:jc w:val="center"/>
                       </w:pPr>
-                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:b/>
                           <w:color w:val="002060"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
-                        <w:t>Tél</w:t>
-[...9 lines deleted...]
-                        <w:t xml:space="preserve">. 06 62 46 33 82 </w:t>
+                        <w:t xml:space="preserve">Tél. 06 62 46 33 82 </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="002060"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="5DC3D3CB" w14:textId="77777777" w:rsidR="000C0326" w:rsidRDefault="000C0326">
                       <w:pPr>
                         <w:pStyle w:val="Standard"/>
                         <w:widowControl w:val="0"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="002060"/>
                           <w:lang w:val="en-US"/>
                         </w:rPr>
                       </w:pPr>
@@ -11403,58 +11299,58 @@
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="000C0326">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="748" w:bottom="357" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3527FFA7" w14:textId="77777777" w:rsidR="00E616E1" w:rsidRDefault="00E616E1">
+    <w:p w14:paraId="2D862826" w14:textId="77777777" w:rsidR="006964FD" w:rsidRDefault="006964FD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="181E2553" w14:textId="77777777" w:rsidR="00E616E1" w:rsidRDefault="00E616E1">
+    <w:p w14:paraId="509B728E" w14:textId="77777777" w:rsidR="006964FD" w:rsidRDefault="006964FD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -11540,61 +11436,61 @@
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6295A586" w14:textId="77777777" w:rsidR="00E616E1" w:rsidRDefault="00E616E1">
+    <w:p w14:paraId="04919B2F" w14:textId="77777777" w:rsidR="006964FD" w:rsidRDefault="006964FD">
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5A301B28" w14:textId="77777777" w:rsidR="00E616E1" w:rsidRDefault="00E616E1">
+    <w:p w14:paraId="196C1599" w14:textId="77777777" w:rsidR="006964FD" w:rsidRDefault="006964FD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21101EB2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8EE42428"/>
     <w:styleLink w:val="WW8Num2"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
@@ -11844,97 +11740,99 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%9"/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1085689334">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1068924029">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="226646059">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1891653778">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000C0326"/>
     <w:rsid w:val="00093B7E"/>
     <w:rsid w:val="000A5DB8"/>
     <w:rsid w:val="000C0326"/>
     <w:rsid w:val="00235901"/>
     <w:rsid w:val="00275FBA"/>
     <w:rsid w:val="005462A6"/>
     <w:rsid w:val="005468F2"/>
+    <w:rsid w:val="005D0F0A"/>
     <w:rsid w:val="00603739"/>
     <w:rsid w:val="00626BC1"/>
     <w:rsid w:val="006518A2"/>
+    <w:rsid w:val="006964FD"/>
     <w:rsid w:val="00734E33"/>
     <w:rsid w:val="00753951"/>
     <w:rsid w:val="00782AE8"/>
     <w:rsid w:val="00943576"/>
     <w:rsid w:val="00A43B00"/>
     <w:rsid w:val="00BC12F8"/>
     <w:rsid w:val="00C9787D"/>
     <w:rsid w:val="00D74D52"/>
     <w:rsid w:val="00DD4FDE"/>
     <w:rsid w:val="00E1329B"/>
     <w:rsid w:val="00E354F0"/>
     <w:rsid w:val="00E616E1"/>
+    <w:rsid w:val="00EA2CCC"/>
     <w:rsid w:val="00EB5E34"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -15691,59 +15589,61 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DD6E87"/>
     <w:rsid w:val="00093B7E"/>
     <w:rsid w:val="003D5AB5"/>
+    <w:rsid w:val="006B5D58"/>
     <w:rsid w:val="008375FB"/>
     <w:rsid w:val="00A43B00"/>
     <w:rsid w:val="00AF76CA"/>
     <w:rsid w:val="00BC12F8"/>
     <w:rsid w:val="00D042F9"/>
     <w:rsid w:val="00DD4FDE"/>
     <w:rsid w:val="00DD6E87"/>
     <w:rsid w:val="00DE69D9"/>
     <w:rsid w:val="00E1329B"/>
+    <w:rsid w:val="00EA2CCC"/>
     <w:rsid w:val="00ED3FFC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">